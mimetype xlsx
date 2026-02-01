--- v0 (2025-10-14)
+++ v1 (2026-02-01)
@@ -29,51 +29,51 @@
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>ООО Компания «ДжемПак»</t>
   </si>
   <si>
     <t>Менеджер</t>
   </si>
   <si>
     <t>119019, Российская федерация, Москва, г. Московская область, п. Свердловский, ул.Центральная д.1</t>
   </si>
   <si>
     <t>sales@jampack.ru</t>
   </si>
   <si>
     <t>тел.: +7(925)506-55-00</t>
   </si>
   <si>
-    <t>Прайс-лист сформирован 14.10.2025</t>
+    <t>Прайс-лист сформирован 01.02.2026</t>
   </si>
   <si>
     <t>Кетчупы(Пластик)</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Вес</t>
   </si>
   <si>
     <t>Кол-во в уп.</t>
   </si>
   <si>
     <t>Цена (руб./шт.)</t>
   </si>
   <si>
     <t>Острый</t>
   </si>
   <si>
     <t>800г</t>
   </si>
   <si>
     <t>Сладкий</t>
   </si>
@@ -956,51 +956,51 @@
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:C6"/>
     <mergeCell ref="D2:D2"/>
     <mergeCell ref="D3:D3"/>
     <mergeCell ref="D4:D4"/>
     <mergeCell ref="D5:D5"/>
     <mergeCell ref="D6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="D9:D9"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="D17:D17"/>
     <mergeCell ref="A20:D20"/>
     <mergeCell ref="D21:D21"/>
     <mergeCell ref="A24:D24"/>
     <mergeCell ref="D25:D25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
-    <oddFooter>&amp;L&amp;BПрайс-лист сформирован 14.10.2025&amp;RСтраница &amp;P из .&amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;BПрайс-лист сформирован 01.02.2026&amp;RСтраница &amp;P из .&amp;N</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">