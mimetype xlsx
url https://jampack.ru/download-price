--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -29,51 +29,51 @@
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>ООО Компания «ДжемПак»</t>
   </si>
   <si>
     <t>Менеджер</t>
   </si>
   <si>
     <t>119019, Российская федерация, Москва, г. Московская область, п. Свердловский, ул.Центральная д.1</t>
   </si>
   <si>
     <t>sales@jampack.ru</t>
   </si>
   <si>
     <t>тел.: +7(925)506-55-00</t>
   </si>
   <si>
-    <t>Прайс-лист сформирован 01.02.2026</t>
+    <t>Прайс-лист сформирован 19.03.2026</t>
   </si>
   <si>
     <t>Кетчупы(Пластик)</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Вес</t>
   </si>
   <si>
     <t>Кол-во в уп.</t>
   </si>
   <si>
     <t>Цена (руб./шт.)</t>
   </si>
   <si>
     <t>Острый</t>
   </si>
   <si>
     <t>800г</t>
   </si>
   <si>
     <t>Сладкий</t>
   </si>
@@ -956,51 +956,51 @@
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:C6"/>
     <mergeCell ref="D2:D2"/>
     <mergeCell ref="D3:D3"/>
     <mergeCell ref="D4:D4"/>
     <mergeCell ref="D5:D5"/>
     <mergeCell ref="D6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="D9:D9"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="D17:D17"/>
     <mergeCell ref="A20:D20"/>
     <mergeCell ref="D21:D21"/>
     <mergeCell ref="A24:D24"/>
     <mergeCell ref="D25:D25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
-    <oddFooter>&amp;L&amp;BПрайс-лист сформирован 01.02.2026&amp;RСтраница &amp;P из .&amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;BПрайс-лист сформирован 19.03.2026&amp;RСтраница &amp;P из .&amp;N</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">